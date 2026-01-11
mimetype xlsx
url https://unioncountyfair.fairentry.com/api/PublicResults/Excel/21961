--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a750e414164108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bebf46c2d11f4c1ab1576bb45758f226.psmdcp" Id="R6d77d3c6dfa34110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e2fc619b6e4db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e18529dbfbc04a5882f8ba8ca80cd0ba.psmdcp" Id="R830127dca1dd4509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Larimer County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2126" uniqueCount="2126">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2127" uniqueCount="2127">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Name</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Number</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Description</x:t>
   </x:si>
   <x:si>
     <x:t>Ribbon</x:t>
   </x:si>
   <x:si>
     <x:t>Placing</x:t>
   </x:si>
   <x:si>
     <x:t>Awards</x:t>
   </x:si>
   <x:si>
@@ -746,51 +746,51 @@
   <x:si>
     <x:t>1141</x:t>
   </x:si>
   <x:si>
     <x:t>375</x:t>
   </x:si>
   <x:si>
     <x:t>Stofferahn, Mark</x:t>
   </x:si>
   <x:si>
     <x:t>1177</x:t>
   </x:si>
   <x:si>
     <x:t>459</x:t>
   </x:si>
   <x:si>
     <x:t>Florence, MaryAnne</x:t>
   </x:si>
   <x:si>
     <x:t>1653</x:t>
   </x:si>
   <x:si>
     <x:t>Outstanding Breads &amp;amp; Muffins Exhibit</x:t>
   </x:si>
   <x:si>
-    <x:t>Reserve Grand Champion</x:t>
+    <x:t>Reserve Champion, Reserve Grand Champion</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Open Class Baked Products  /  Breads and Muffins  /  130: Dinner Rolls</x:t>
   </x:si>
   <x:si>
     <x:t>1091</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Open Class Baked Products  /  Breads and Muffins  /  140: Sweet or Fancy Rolls</x:t>
   </x:si>
   <x:si>
     <x:t>111</x:t>
   </x:si>
   <x:si>
     <x:t>Markham, Christina</x:t>
   </x:si>
   <x:si>
     <x:t>292</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Open Class Baked Products  /  Breads and Muffins  /  160: Cornbread</x:t>
   </x:si>
   <x:si>
     <x:t>397</x:t>
   </x:si>
@@ -3715,50 +3715,53 @@
   </x:si>
   <x:si>
     <x:t>1315</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Open Class Machine Works  /  Adult  /  550: Machine Embroidery</x:t>
   </x:si>
   <x:si>
     <x:t>80</x:t>
   </x:si>
   <x:si>
     <x:t>Welcome banner for door</x:t>
   </x:si>
   <x:si>
     <x:t>104</x:t>
   </x:si>
   <x:si>
     <x:t>Darmofal, Sue</x:t>
   </x:si>
   <x:si>
     <x:t>Starry Nights
 Tile Scene</x:t>
   </x:si>
   <x:si>
     <x:t>Overall Reserve Champion Adult Machine Works Exhibit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Grand Champion</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Open Class Machine Works  /  Youth 13 Years Old and under  /  110: Clothing Article</x:t>
   </x:si>
   <x:si>
     <x:t>83</x:t>
   </x:si>
   <x:si>
     <x:t>Crews, Jasmine</x:t>
   </x:si>
   <x:si>
     <x:t>221</x:t>
   </x:si>
   <x:si>
     <x:t>T-shirt with pattern fabric back</x:t>
   </x:si>
   <x:si>
     <x:t>96</x:t>
   </x:si>
   <x:si>
     <x:t>Ward, Olivia</x:t>
   </x:si>
   <x:si>
     <x:t>234</x:t>
   </x:si>
@@ -17587,8101 +17590,8101 @@
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:10">
       <x:c r="A587" s="0" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:10">
       <x:c r="A588" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:10">
       <x:c r="A589" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:10">
       <x:c r="A590" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:10">
       <x:c r="A591" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:10">
       <x:c r="A592" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:10">
       <x:c r="A593" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:10">
       <x:c r="A594" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:10">
       <x:c r="A595" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:10">
       <x:c r="A596" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:10">
       <x:c r="A597" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:10">
       <x:c r="A598" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:10">
       <x:c r="A599" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:10">
       <x:c r="A600" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:10">
       <x:c r="A601" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:10">
       <x:c r="A602" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:10">
       <x:c r="A603" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:10">
       <x:c r="A604" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:10">
       <x:c r="A605" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:10">
       <x:c r="A606" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:10">
       <x:c r="A607" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:10">
       <x:c r="A608" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:10">
       <x:c r="A609" s="0" t="s">
-        <x:v>1288</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:10">
       <x:c r="A610" s="0" t="s">
-        <x:v>1288</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:10">
       <x:c r="A611" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:10">
       <x:c r="A612" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:10">
       <x:c r="A613" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:10">
       <x:c r="A614" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:10">
       <x:c r="A615" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:10">
       <x:c r="A616" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:10">
       <x:c r="A617" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:10">
       <x:c r="A618" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:10">
       <x:c r="A619" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:10">
       <x:c r="A620" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:10">
       <x:c r="A621" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:10">
       <x:c r="A622" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:10">
       <x:c r="A623" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:10">
       <x:c r="A624" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:10">
       <x:c r="A625" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:10">
       <x:c r="A626" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:10">
       <x:c r="A627" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:10">
       <x:c r="A628" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:10">
       <x:c r="A629" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>1067</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:10">
       <x:c r="A630" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:10">
       <x:c r="A631" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>1338</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:10">
       <x:c r="A632" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:10">
       <x:c r="A633" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:10">
       <x:c r="A634" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:10">
       <x:c r="A635" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:10">
       <x:c r="A636" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:10">
       <x:c r="A637" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:10">
       <x:c r="A638" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:10">
       <x:c r="A639" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1361</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:10">
       <x:c r="A640" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:10">
       <x:c r="A641" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:10">
       <x:c r="A642" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:10">
       <x:c r="A643" s="0" t="s">
-        <x:v>1369</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:10">
       <x:c r="A644" s="0" t="s">
-        <x:v>1369</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:10">
       <x:c r="A645" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:10">
       <x:c r="A646" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:10">
       <x:c r="A647" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:10">
       <x:c r="A648" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:10">
       <x:c r="A649" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:10">
       <x:c r="A650" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:10">
       <x:c r="A651" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:10">
       <x:c r="A652" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:10">
       <x:c r="A653" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:10">
       <x:c r="A654" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:10">
       <x:c r="A655" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:10">
       <x:c r="A656" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>1403</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
-        <x:v>1404</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:10">
       <x:c r="A657" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:10">
       <x:c r="A658" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:10">
       <x:c r="A659" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
-        <x:v>1412</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:10">
       <x:c r="A660" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:10">
       <x:c r="A661" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>1419</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:10">
       <x:c r="A662" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:10">
       <x:c r="A663" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:10">
       <x:c r="A664" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>1430</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:10">
       <x:c r="A665" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:10">
       <x:c r="A666" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:10">
       <x:c r="A667" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>1434</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:10">
       <x:c r="A668" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
-        <x:v>1438</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:10">
       <x:c r="A669" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
-        <x:v>1443</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:10">
       <x:c r="A670" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:10">
       <x:c r="A671" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:10">
       <x:c r="A672" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:10">
       <x:c r="A673" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:10">
       <x:c r="A674" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>1450</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>1451</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:10">
       <x:c r="A675" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:10">
       <x:c r="A676" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:10">
       <x:c r="A677" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
-        <x:v>1458</x:v>
+        <x:v>1459</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:10">
       <x:c r="A678" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:10">
       <x:c r="A679" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:10">
       <x:c r="A680" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:10">
       <x:c r="A681" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
-        <x:v>1468</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:10">
       <x:c r="A682" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:10">
       <x:c r="A683" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:10">
       <x:c r="A684" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:10">
       <x:c r="A685" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>1477</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:10">
       <x:c r="A686" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I686" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:10">
       <x:c r="A687" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>1483</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
-        <x:v>1484</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:10">
       <x:c r="A688" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H688" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1490</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:10">
       <x:c r="A689" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:10">
       <x:c r="A690" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>1491</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
-        <x:v>1492</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I690" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:10">
       <x:c r="A691" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>1493</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:10">
       <x:c r="A692" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:10">
       <x:c r="A693" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:10">
       <x:c r="A694" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
-        <x:v>1503</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:10">
       <x:c r="A695" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>1505</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:10">
       <x:c r="A696" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>1506</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:10">
       <x:c r="A697" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:10">
       <x:c r="A698" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:10">
       <x:c r="A699" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:10">
       <x:c r="A700" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:10">
       <x:c r="A701" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I701" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:10">
       <x:c r="A702" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>1518</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I702" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:10">
       <x:c r="A703" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:10">
       <x:c r="A704" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:10">
       <x:c r="A705" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:10">
       <x:c r="A706" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:10">
       <x:c r="A707" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I707" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:10">
       <x:c r="A708" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H708" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="I708" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:10">
       <x:c r="A709" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:10">
       <x:c r="A710" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I710" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:10">
       <x:c r="A711" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I711" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:10">
       <x:c r="A712" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>1538</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:10">
       <x:c r="A713" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I713" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:10">
       <x:c r="A714" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:10">
       <x:c r="A715" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:10">
       <x:c r="A716" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:10">
       <x:c r="A717" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:10">
       <x:c r="A718" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
-        <x:v>1554</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:10">
       <x:c r="A719" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>1556</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:10">
       <x:c r="A720" s="0" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I720" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:10">
       <x:c r="A721" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>1562</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:10">
       <x:c r="A722" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>1562</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H722" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="I722" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:10">
       <x:c r="A723" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I723" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:10">
       <x:c r="A724" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I724" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:10">
       <x:c r="A725" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:10">
       <x:c r="A726" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H726" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1568</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:10">
       <x:c r="A727" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:10">
       <x:c r="A728" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I728" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:10">
       <x:c r="A729" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I729" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:10">
       <x:c r="A730" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H730" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="I730" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:10">
       <x:c r="A731" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I731" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:10">
       <x:c r="A732" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>1579</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I732" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:10">
       <x:c r="A733" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:10">
       <x:c r="A734" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H734" s="0" t="s">
-        <x:v>1582</x:v>
+        <x:v>1583</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:10">
       <x:c r="A735" s="0" t="s">
-        <x:v>1583</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>1584</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I735" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:10">
       <x:c r="A736" s="0" t="s">
-        <x:v>1585</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:10">
       <x:c r="A737" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:10">
       <x:c r="A738" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:10">
       <x:c r="A739" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:10">
       <x:c r="A740" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H740" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1596</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:10">
       <x:c r="A741" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>1598</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I741" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:10">
       <x:c r="A742" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>1598</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H742" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="I742" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:10">
       <x:c r="A743" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1602</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:10">
       <x:c r="A744" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:10">
       <x:c r="A745" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>1602</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>1604</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I745" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:10">
       <x:c r="A746" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I746" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:10">
       <x:c r="A747" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I747" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:10">
       <x:c r="A748" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>1610</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:10">
       <x:c r="A749" s="0" t="s">
-        <x:v>1612</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>1613</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>1614</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I749" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1616</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:10">
       <x:c r="A750" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>1617</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:10">
       <x:c r="A751" s="0" t="s">
-        <x:v>1618</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>1619</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I751" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:10">
       <x:c r="A752" s="0" t="s">
-        <x:v>1620</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>1622</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:10">
       <x:c r="A753" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I753" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:10">
       <x:c r="A754" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
-        <x:v>1625</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>1626</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:10">
       <x:c r="A755" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:10">
       <x:c r="A756" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>1629</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I756" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:10">
       <x:c r="A757" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>1622</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:10">
       <x:c r="A758" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I758" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:10">
       <x:c r="A759" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:10">
       <x:c r="A760" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H760" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1636</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:10">
       <x:c r="A761" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>1637</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I761" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:10">
       <x:c r="A762" s="0" t="s">
-        <x:v>1638</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:10">
       <x:c r="A763" s="0" t="s">
-        <x:v>1639</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>1622</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:10">
       <x:c r="A764" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:10">
       <x:c r="A765" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:10">
       <x:c r="A766" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H766" s="0" t="s">
-        <x:v>1642</x:v>
+        <x:v>1643</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:10">
       <x:c r="A767" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I767" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:10">
       <x:c r="A768" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I768" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:10">
       <x:c r="A769" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:10">
       <x:c r="A770" s="0" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>1649</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:10">
       <x:c r="A771" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
-        <x:v>1651</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:10">
       <x:c r="A772" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:10">
       <x:c r="A773" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H773" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>1656</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:10">
       <x:c r="A774" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
-        <x:v>1657</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:10">
       <x:c r="A775" s="0" t="s">
-        <x:v>1658</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
-        <x:v>1659</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:10">
       <x:c r="A776" s="0" t="s">
-        <x:v>1658</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>1662</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
-        <x:v>1663</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I776" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:10">
       <x:c r="A777" s="0" t="s">
-        <x:v>1658</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:10">
       <x:c r="A778" s="0" t="s">
-        <x:v>1658</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H778" s="0" t="s">
-        <x:v>1666</x:v>
+        <x:v>1667</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:10">
       <x:c r="A779" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
-        <x:v>1669</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="H779" s="0" t="s">
-        <x:v>1670</x:v>
+        <x:v>1671</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:10">
       <x:c r="A780" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
-        <x:v>1669</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:10">
       <x:c r="A781" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
-        <x:v>1671</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>1672</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>1673</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
-        <x:v>1674</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:10">
       <x:c r="A782" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
-        <x:v>1677</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
-        <x:v>1678</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
-        <x:v>1679</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:10">
       <x:c r="A783" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="H783" s="0" t="s">
-        <x:v>1682</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="I783" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:10">
       <x:c r="A784" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I784" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:10">
       <x:c r="A785" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
-        <x:v>1685</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:10">
       <x:c r="A786" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
-        <x:v>1690</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:10">
       <x:c r="A787" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
-        <x:v>1690</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H787" s="0" t="s">
-        <x:v>1691</x:v>
+        <x:v>1692</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:10">
       <x:c r="A788" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
-        <x:v>1693</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
-        <x:v>1694</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I788" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:10">
       <x:c r="A789" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>1695</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
-        <x:v>1696</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:10">
       <x:c r="A790" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
-        <x:v>1697</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
-        <x:v>1698</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I790" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:10">
       <x:c r="A791" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>1700</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
-        <x:v>1701</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I791" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:10">
       <x:c r="A792" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
-        <x:v>1700</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
-        <x:v>1701</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H792" s="0" t="s">
-        <x:v>1702</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="I792" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:10">
       <x:c r="A793" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>1703</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:10">
       <x:c r="A794" s="0" t="s">
-        <x:v>1705</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
-        <x:v>1706</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
-        <x:v>1707</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
-        <x:v>1709</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="H794" s="0" t="s">
-        <x:v>1710</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="I794" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:10">
       <x:c r="A795" s="0" t="s">
-        <x:v>1705</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
-        <x:v>1706</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
-        <x:v>1707</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
-        <x:v>1709</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I795" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:10">
       <x:c r="A796" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:10">
       <x:c r="A797" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
-        <x:v>1714</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="H797" s="0" t="s">
-        <x:v>1715</x:v>
+        <x:v>1716</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:10">
       <x:c r="A798" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
-        <x:v>1714</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:10">
       <x:c r="A799" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
-        <x:v>1716</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
-        <x:v>1717</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
-        <x:v>1718</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:10">
       <x:c r="A800" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
-        <x:v>1720</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
-        <x:v>1721</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
-        <x:v>1722</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="I800" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:10">
       <x:c r="A801" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
-        <x:v>1720</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
-        <x:v>1721</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I801" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:10">
       <x:c r="A802" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
-        <x:v>1723</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:10">
       <x:c r="A803" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
-        <x:v>1725</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:10">
       <x:c r="A804" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
-        <x:v>1726</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
-        <x:v>1727</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
-        <x:v>1728</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
-        <x:v>1729</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I804" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:10">
       <x:c r="A805" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
-        <x:v>1731</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I805" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:10">
       <x:c r="A806" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
-        <x:v>1732</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
-        <x:v>1733</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
-        <x:v>1734</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:10">
       <x:c r="A807" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:10">
       <x:c r="A808" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:10">
       <x:c r="A809" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
-        <x:v>1726</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
-        <x:v>1727</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
-        <x:v>1738</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="H809" s="0" t="s">
-        <x:v>1739</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="I809" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:10">
       <x:c r="A810" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
-        <x:v>1726</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
-        <x:v>1727</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
-        <x:v>1738</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I810" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:10">
       <x:c r="A811" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
-        <x:v>1741</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
-        <x:v>1742</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
-        <x:v>1743</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I811" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:10">
       <x:c r="A812" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
-        <x:v>1745</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:10">
       <x:c r="A813" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
-        <x:v>1745</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
-        <x:v>1746</x:v>
+        <x:v>1747</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:10">
       <x:c r="A814" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
-        <x:v>1723</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="H814" s="0" t="s">
-        <x:v>1749</x:v>
+        <x:v>1750</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:10">
       <x:c r="A815" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
-        <x:v>1723</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:10">
       <x:c r="A816" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
-        <x:v>1751</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
-        <x:v>1752</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
-        <x:v>1753</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I816" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:10">
       <x:c r="A817" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
-        <x:v>1754</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
-        <x:v>1755</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="H817" s="0" t="s">
-        <x:v>1758</x:v>
+        <x:v>1759</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:10">
       <x:c r="A818" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
-        <x:v>1754</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
-        <x:v>1755</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:10">
       <x:c r="A819" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
-        <x:v>1761</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
-        <x:v>1762</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H819" s="0" t="s">
         <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:10">
       <x:c r="A820" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
-        <x:v>1761</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
-        <x:v>1762</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H820" s="0" t="s">
-        <x:v>1763</x:v>
+        <x:v>1764</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:10">
       <x:c r="A821" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
-        <x:v>1765</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
-        <x:v>1766</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
-        <x:v>1767</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:10">
       <x:c r="A822" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
-        <x:v>1769</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
-        <x:v>1770</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:10">
       <x:c r="A823" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
-        <x:v>1772</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
-        <x:v>1773</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="H823" s="0" t="s">
-        <x:v>1774</x:v>
+        <x:v>1775</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:10">
       <x:c r="A824" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
-        <x:v>1772</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
-        <x:v>1773</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:10">
       <x:c r="A825" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
-        <x:v>1776</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
-        <x:v>1778</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I825" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:10">
       <x:c r="A826" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:10">
       <x:c r="A827" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H827" s="0" t="s">
-        <x:v>1781</x:v>
+        <x:v>1782</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:10">
       <x:c r="A828" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:10">
       <x:c r="A829" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:10">
       <x:c r="A830" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H830" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>1789</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:10">
       <x:c r="A831" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
-        <x:v>1789</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>1790</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>1791</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:10">
       <x:c r="A832" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I832" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:10">
       <x:c r="A833" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>1794</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:10">
       <x:c r="A834" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
-        <x:v>1796</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>1797</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>1798</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="H834" s="0" t="s">
-        <x:v>1799</x:v>
+        <x:v>1800</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:10">
       <x:c r="A835" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
-        <x:v>1796</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>1797</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>1798</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:10">
       <x:c r="A836" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>1801</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>1802</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:10">
       <x:c r="A837" s="0" t="s">
-        <x:v>1803</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>1804</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>1805</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
-        <x:v>1806</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
-        <x:v>1807</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="I837" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:10">
       <x:c r="A838" s="0" t="s">
-        <x:v>1803</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
-        <x:v>1804</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
-        <x:v>1805</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
-        <x:v>1806</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I838" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:10">
       <x:c r="A839" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
-        <x:v>1809</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
-        <x:v>1810</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="H839" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="I839" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:10">
       <x:c r="A840" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
-        <x:v>1809</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
-        <x:v>1810</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I840" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:10">
       <x:c r="A841" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
-        <x:v>1813</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
-        <x:v>1814</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:10">
       <x:c r="A842" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="H842" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1820</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:10">
       <x:c r="A843" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:10">
       <x:c r="A844" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>1821</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
-        <x:v>1822</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="H844" s="0" t="s">
-        <x:v>1823</x:v>
+        <x:v>1824</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:10">
       <x:c r="A845" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>1821</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
-        <x:v>1822</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:10">
       <x:c r="A846" s="0" t="s">
-        <x:v>1824</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
-        <x:v>1825</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
-        <x:v>1826</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:10">
       <x:c r="A847" s="0" t="s">
-        <x:v>1824</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
-        <x:v>1825</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
-        <x:v>1826</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H847" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1829</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:10">
       <x:c r="A848" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="H848" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="I848" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:10">
       <x:c r="A849" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I849" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:10">
       <x:c r="A850" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>1833</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>1834</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>1835</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I850" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:10">
       <x:c r="A851" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>1836</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>1837</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
-        <x:v>1838</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I851" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:10">
       <x:c r="A852" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:10">
       <x:c r="A853" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H853" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1843</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:10">
       <x:c r="A854" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
-        <x:v>1843</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
-        <x:v>1846</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:10">
       <x:c r="A855" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
-        <x:v>1789</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
-        <x:v>1790</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>1847</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:10">
       <x:c r="A856" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
-        <x:v>1851</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:10">
       <x:c r="A857" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I857" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:10">
       <x:c r="A858" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:10">
       <x:c r="A859" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H859" s="0" t="s">
-        <x:v>1855</x:v>
+        <x:v>1856</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:10">
       <x:c r="A860" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
-        <x:v>1732</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
-        <x:v>1857</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:10">
       <x:c r="A861" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
-        <x:v>1859</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:10">
       <x:c r="A862" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
-        <x:v>1859</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H862" s="0" t="s">
-        <x:v>1860</x:v>
+        <x:v>1861</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:10">
       <x:c r="A863" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
-        <x:v>1861</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
-        <x:v>1862</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
-        <x:v>1863</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I863" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:10">
       <x:c r="A864" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
-        <x:v>1866</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:10">
       <x:c r="A865" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:10">
       <x:c r="A866" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H866" s="0" t="s">
-        <x:v>1870</x:v>
+        <x:v>1871</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:10">
       <x:c r="A867" s="0" t="s">
-        <x:v>1871</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="H867" s="0" t="s">
-        <x:v>1874</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="I867" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:10">
       <x:c r="A868" s="0" t="s">
-        <x:v>1871</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I868" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:10">
       <x:c r="A869" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
-        <x:v>1878</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="I869" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:10">
       <x:c r="A870" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I870" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:10">
       <x:c r="A871" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
-        <x:v>1879</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:10">
       <x:c r="A872" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
-        <x:v>1880</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
-        <x:v>1882</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
-        <x:v>1883</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I872" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:10">
       <x:c r="A873" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:10">
       <x:c r="A874" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H874" s="0" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:10">
       <x:c r="A875" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:10">
       <x:c r="A876" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
-        <x:v>1890</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
-        <x:v>1891</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:10">
       <x:c r="A877" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
-        <x:v>1893</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
-        <x:v>1894</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
-        <x:v>1895</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:10">
       <x:c r="A878" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
-        <x:v>1893</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
-        <x:v>1894</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
-        <x:v>1895</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H878" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>1897</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:10">
       <x:c r="A879" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:10">
       <x:c r="A880" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
-        <x:v>1898</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
-        <x:v>1899</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:10">
       <x:c r="A881" s="0" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
-        <x:v>1902</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:10">
       <x:c r="A882" s="0" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
-        <x:v>1902</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H882" s="0" t="s">
-        <x:v>1903</x:v>
+        <x:v>1904</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:10">
       <x:c r="A883" s="0" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
-        <x:v>1716</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
-        <x:v>1904</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:10">
       <x:c r="A884" s="0" t="s">
-        <x:v>1906</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H884" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1912</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:10">
       <x:c r="A885" s="0" t="s">
-        <x:v>1906</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H885" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>1235</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:10">
       <x:c r="A886" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="H886" s="0" t="s">
-        <x:v>1915</x:v>
+        <x:v>1916</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:10">
       <x:c r="A887" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:10">
       <x:c r="A888" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I888" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:10">
       <x:c r="A889" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H889" s="0" t="s">
-        <x:v>1918</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="I889" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:10">
       <x:c r="A890" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
-        <x:v>1919</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
-        <x:v>1920</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
-        <x:v>1922</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I890" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:10">
       <x:c r="A891" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:10">
       <x:c r="A892" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H892" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1929</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:10">
       <x:c r="A893" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
-        <x:v>1930</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:10">
       <x:c r="A894" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
-        <x:v>1931</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I894" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:10">
       <x:c r="A895" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
-        <x:v>1933</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
-        <x:v>1934</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
-        <x:v>1936</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I895" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:10">
       <x:c r="A896" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
-        <x:v>1937</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
-        <x:v>1938</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
-        <x:v>1939</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
-        <x:v>1940</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:10">
       <x:c r="A897" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
-        <x:v>1941</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
-        <x:v>1943</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I897" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:10">
       <x:c r="A898" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
-        <x:v>1945</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I898" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:10">
       <x:c r="A899" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
-        <x:v>1945</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H899" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="I899" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:10">
       <x:c r="A900" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:10">
       <x:c r="A901" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:10">
       <x:c r="A902" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H902" s="0" t="s">
-        <x:v>1952</x:v>
+        <x:v>1953</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:10">
       <x:c r="A903" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
-        <x:v>1953</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
-        <x:v>1954</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
-        <x:v>1955</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
-        <x:v>1956</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:10">
       <x:c r="A904" s="0" t="s">
-        <x:v>1957</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
-        <x:v>1959</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
-        <x:v>1960</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:10">
       <x:c r="A905" s="0" t="s">
-        <x:v>1957</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
-        <x:v>1961</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
-        <x:v>1962</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:10">
       <x:c r="A906" s="0" t="s">
-        <x:v>1957</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
-        <x:v>1961</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
-        <x:v>1962</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H906" s="0" t="s">
-        <x:v>1963</x:v>
+        <x:v>1964</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:10">
       <x:c r="A907" s="0" t="s">
-        <x:v>1964</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
-        <x:v>1966</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
-        <x:v>1967</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:10">
       <x:c r="A908" s="0" t="s">
-        <x:v>1964</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
-        <x:v>1968</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:10">
       <x:c r="A909" s="0" t="s">
-        <x:v>1964</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
-        <x:v>1968</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H909" s="0" t="s">
-        <x:v>1970</x:v>
+        <x:v>1971</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:10">
       <x:c r="A910" s="0" t="s">
-        <x:v>1964</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
-        <x:v>1971</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
-        <x:v>1972</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:10">
       <x:c r="A911" s="0" t="s">
-        <x:v>1964</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
-        <x:v>1973</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
-        <x:v>1974</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
-        <x:v>1975</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I911" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:10">
       <x:c r="A912" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
-        <x:v>1977</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
-        <x:v>1978</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
-        <x:v>1979</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
-        <x:v>1980</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:10">
       <x:c r="A913" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
-        <x:v>1977</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
-        <x:v>1978</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
-        <x:v>1979</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
-        <x:v>1980</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H913" s="0" t="s">
-        <x:v>1981</x:v>
+        <x:v>1982</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:10">
       <x:c r="A914" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
-        <x:v>1982</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
-        <x:v>1983</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
-        <x:v>1985</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:10">
       <x:c r="A915" s="0" t="s">
-        <x:v>1986</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
-        <x:v>1989</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
-        <x:v>1990</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:10">
       <x:c r="A916" s="0" t="s">
-        <x:v>1986</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
-        <x:v>1989</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
-        <x:v>1990</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H916" s="0" t="s">
-        <x:v>1991</x:v>
+        <x:v>1992</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:10">
       <x:c r="A917" s="0" t="s">
-        <x:v>1992</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
-        <x:v>1993</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
-        <x:v>1994</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
-        <x:v>1995</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="H917" s="0" t="s">
-        <x:v>1996</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="I917" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:10">
       <x:c r="A918" s="0" t="s">
-        <x:v>1992</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
-        <x:v>1993</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
-        <x:v>1994</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
-        <x:v>1995</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I918" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:10">
       <x:c r="A919" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
-        <x:v>1998</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
-        <x:v>1999</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:10">
       <x:c r="A920" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
-        <x:v>2002</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
-        <x:v>2003</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:10">
       <x:c r="A921" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:10">
       <x:c r="A922" s="0" t="s">
-        <x:v>2005</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
-        <x:v>2006</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
-        <x:v>2007</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
-        <x:v>2008</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:10">
       <x:c r="A923" s="0" t="s">
-        <x:v>2009</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:10">
       <x:c r="A924" s="0" t="s">
-        <x:v>2011</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
-        <x:v>2012</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:10">
       <x:c r="A925" s="0" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
-        <x:v>2014</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:10">
       <x:c r="A926" s="0" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:10">
       <x:c r="A927" s="0" t="s">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:10">
       <x:c r="A928" s="0" t="s">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:10">
       <x:c r="A929" s="0" t="s">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I929" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:10">
       <x:c r="A930" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
-        <x:v>2026</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
-        <x:v>2027</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:10">
       <x:c r="A931" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
-        <x:v>2028</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:10">
       <x:c r="A932" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:10">
       <x:c r="A933" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
-        <x:v>2031</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:10">
       <x:c r="A934" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
-        <x:v>2033</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
-        <x:v>2034</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
-        <x:v>2035</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
-        <x:v>2036</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:10">
       <x:c r="A935" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
-        <x:v>2037</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I935" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:10">
       <x:c r="A936" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
-        <x:v>2039</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:10">
       <x:c r="A937" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
-        <x:v>2041</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="H937" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2043</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:10">
       <x:c r="A938" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="E938" s="0" t="s">
-        <x:v>2041</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:10">
       <x:c r="A939" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
-        <x:v>2033</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
-        <x:v>2034</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="E939" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:10">
       <x:c r="A940" s="0" t="s">
-        <x:v>2045</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
-        <x:v>2047</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="E940" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:10">
       <x:c r="A941" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E941" s="0" t="s">
-        <x:v>2052</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:10">
       <x:c r="A942" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
-        <x:v>2053</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="E942" s="0" t="s">
-        <x:v>2054</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="H942" s="0" t="s">
-        <x:v>2055</x:v>
+        <x:v>2056</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:10">
       <x:c r="A943" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
-        <x:v>2053</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="E943" s="0" t="s">
-        <x:v>2054</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:10">
       <x:c r="A944" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
-        <x:v>2033</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
-        <x:v>2034</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="E944" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:10">
       <x:c r="A945" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
-        <x:v>2059</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="E945" s="0" t="s">
-        <x:v>2060</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:10">
       <x:c r="A946" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
-        <x:v>2061</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="E946" s="0" t="s">
-        <x:v>2062</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="H946" s="0" t="s">
-        <x:v>2063</x:v>
+        <x:v>2064</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:10">
       <x:c r="A947" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
-        <x:v>2061</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="E947" s="0" t="s">
-        <x:v>2062</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:10">
       <x:c r="A948" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
-        <x:v>2064</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I948" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:10">
       <x:c r="A949" s="0" t="s">
-        <x:v>2065</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="E949" s="0" t="s">
-        <x:v>2066</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:10">
       <x:c r="A950" s="0" t="s">
-        <x:v>2065</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
-        <x:v>2067</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="E950" s="0" t="s">
-        <x:v>2068</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:10">
       <x:c r="A951" s="0" t="s">
-        <x:v>2065</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
-        <x:v>1625</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="E951" s="0" t="s">
-        <x:v>2069</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:10">
       <x:c r="A952" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E952" s="0" t="s">
-        <x:v>2071</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="H952" s="0" t="s">
-        <x:v>2072</x:v>
+        <x:v>2073</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:10">
       <x:c r="A953" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
-        <x:v>2071</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:10">
       <x:c r="A954" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
-        <x:v>2073</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
-        <x:v>2074</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:10">
       <x:c r="A955" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
-        <x:v>2075</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
-        <x:v>2076</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:10">
       <x:c r="A956" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
-        <x:v>2077</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="E956" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="H956" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2080</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:10">
       <x:c r="A957" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
-        <x:v>2077</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="E957" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:10">
       <x:c r="A958" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="E958" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="H958" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2083</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:10">
       <x:c r="A959" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="E959" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:10">
       <x:c r="A960" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
-        <x:v>2085</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="E960" s="0" t="s">
-        <x:v>2086</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:10">
       <x:c r="A961" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
-        <x:v>2087</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="E961" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
-        <x:v>2089</x:v>
+        <x:v>2090</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:10">
       <x:c r="A962" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
-        <x:v>2087</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="E962" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:10">
       <x:c r="A963" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
-        <x:v>2091</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="E963" s="0" t="s">
-        <x:v>2092</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="H963" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2094</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:10">
       <x:c r="A964" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
-        <x:v>2091</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="E964" s="0" t="s">
-        <x:v>2092</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:10">
       <x:c r="A965" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
-        <x:v>2094</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="E965" s="0" t="s">
-        <x:v>2095</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:10">
       <x:c r="A966" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
-        <x:v>2096</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="E966" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I966" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:10">
       <x:c r="A967" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E967" s="0" t="s">
-        <x:v>2100</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I967" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:10">
       <x:c r="A968" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="E968" s="0" t="s">
-        <x:v>2102</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:10">
       <x:c r="A969" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
-        <x:v>2103</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="E969" s="0" t="s">
-        <x:v>2104</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:10">
       <x:c r="A970" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
-        <x:v>2105</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
-        <x:v>2106</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="E970" s="0" t="s">
-        <x:v>2102</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:10">
       <x:c r="A971" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:10">
       <x:c r="A972" s="0" t="s">
-        <x:v>2108</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
-        <x:v>1993</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
-        <x:v>2109</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="E972" s="0" t="s">
-        <x:v>2110</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I972" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:10">
       <x:c r="A973" s="0" t="s">
-        <x:v>2108</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
-        <x:v>1993</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="E973" s="0" t="s">
-        <x:v>2112</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I973" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:10">
       <x:c r="A974" s="0" t="s">
-        <x:v>2113</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="E974" s="0" t="s">
-        <x:v>2114</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:10">
       <x:c r="A975" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="E975" s="0" t="s">
-        <x:v>2116</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:10">
       <x:c r="A976" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="E976" s="0" t="s">
-        <x:v>2117</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="H976" s="0" t="s">
-        <x:v>2118</x:v>
+        <x:v>2119</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:10">
       <x:c r="A977" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="E977" s="0" t="s">
-        <x:v>2117</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:10">
       <x:c r="A978" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
-        <x:v>2119</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
-        <x:v>2120</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
-        <x:v>2121</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="E978" s="0" t="s">
-        <x:v>2122</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I978" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:10">
       <x:c r="A979" s="0" t="s">
-        <x:v>2123</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="E979" s="0" t="s">
-        <x:v>2125</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Results-2025 Larimer County ...</vt:lpstr>
       <vt:lpstr>Results-2025 Larimer County ...!Print_Area</vt:lpstr>
       <vt:lpstr>Results-2025 Larimer County ...!Print_Titles</vt:lpstr>
     </vt:vector>